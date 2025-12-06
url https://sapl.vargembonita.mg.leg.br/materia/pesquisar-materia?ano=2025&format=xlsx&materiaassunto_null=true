--- v0 (2025-10-03)
+++ v1 (2025-12-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="244">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -489,50 +489,86 @@
   <si>
     <t>313</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/313/pl_permuta_de_lotes_-_sebastiao-revisado.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO REALIZAR PERMUTA DE IMÓVEIS PERTENCENTES AO SEU PATRIMÔNIO COM IMÓVEL PAR-TICULAR E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/315/pl_refis_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS NO MUNICÍPIO E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_lei_38__2025_subivenc_convenios.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a conceder e repassar contribuição para a “Irmandade do Hospital de Gimirim” e contém outras providências.</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_desligamento_ameg.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o desligamento do Município de Vargem Bonita/MG da Associação Pública dos Municípios da Microrregião do Médio Rio Grande – Consórcio AMEG e dá outras providências</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/326/pl_alteralei1266-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O INCISO II, DO ART. 1º DA LEI MUNICIPAL N° 1.266/2025 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>292</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lc_01_2025.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO E CONSELHEIROS TUTELARES, CONFORME ART. 40DA LEI MUNICIPAL N° 1.200/2.023 E ADEQUAÇÃO DO PISO SALARIAL DOS PROFESSORES DO MAGISTÉRIO, CONFORME LEI FEDERAL N°11.738/2008 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lc_02_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DAS LEIS COMPLEMENTARES N°055/2014, N° 76/2017 E 029/2010.</t>
   </si>
   <si>
     <t>290</t>
@@ -622,50 +658,110 @@
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO E ALTERAÇÃO DA LEI COMPLEMENTAR Nº 055/2014 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc-alteralc105_2023-enfermeiras.pdf</t>
   </si>
   <si>
     <t>INCLUI NO ART. 2º DA LEI COMPLEMENTAR Nº 105/2023 O PARÁGRAFO ÚNICO E CONTEM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/318/plc-taxamunicipalresiduosolidourbano.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TAXA DE MANEJO DE RESÍDUOS SÓLIDOS URBANOS – TMRSU NO MUNICÍPIO DE VARGEM BONITA/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/319/plc_criacargoenfermeirasoperadorresiduos.pdf</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lc_16_2025.pdf</t>
+  </si>
+  <si>
+    <t>Inclui o art. 289-A na Lei Municipal nº 594, de 1990 que dispõe sobre o Código Tributário Municipal.</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/323/plc_desafetacaoruagoias.pdf</t>
+  </si>
+  <si>
+    <t>" AUTORIZA O EXECUTIVO MUNICIPAL A PROVIDENCIAR A DESAFETAÇÃO DO TRECHO DA RUA GOIÁS CON-FORME MAPA E MEMORIAL DESCRITIVO INTEGRANTE DESTA LEI E CONTÉM OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/324/plc_desafetacaopocoartesiano.pdf</t>
+  </si>
+  <si>
+    <t>" AUTORIZA O EXECUTIVO MUNICIPAL A PROVIDENCIAR A DESAFETAÇÃO DO IMÓVEL INSCRITO NO PATRIMÔNIO SOB O Nº 005.062, MATRICULADO NO CRI SOB O Nº14.537 E CONTÉM OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/327/plcalteralc055-engenheiro.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA AS ATRIBUIÇÕES DO CARGO DE PROVIMENTO EFETIVO DE ENGENHEIRO, CRIA VAGA E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Emenda Supressiva</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_supr_n_01_2025.pdf</t>
+  </si>
+  <si>
+    <t>Suprima-se o parágrafo 3º do Artigo 4º do Projeto de Lei nº 33/2025.</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/329/emenda_supr_n_0_02_2025_ao_proj_33.pdf</t>
+  </si>
+  <si>
+    <t>Suprima-se o parágrafo 6º do Artigo 4º do Projeto de Lei nº 33/2025.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>AN</t>
   </si>
   <si>
     <t>Anexos</t>
   </si>
   <si>
     <t>Mapas relacionado ao Projeto de Lei nº27/2025.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/306/05-_planilhapavimentacaoasfaltica_1.pdf</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/307/06-memorialdescritivopavimentacao_1.pdf</t>
   </si>
@@ -993,56 +1089,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/265/pl-m006-movfinanceirasicoob-assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/266/pl-m007-covalidacaolei-1135-assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/267/pl-m008-covalidacaolei-1206-assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/269/pl-m009-alteralei1077-codema-assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/270/pl-ameg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/272/pl-orcamentoremanejamento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/273/pl-contratacaotemporaria-emulti.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/274/pl-distribuicaohonorariosadvocaticios.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/275/pl-contribuicaosantacasa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/281/01-pl-arquivomunicipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/282/pl-subvencaoadesvab.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/283/pl-aberturacreditoadicionalsuplementar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/284/pl-aberturacreditoadicional2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/287/pl_nomecasacultura-assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/288/pl-bdmg_infra-assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/286/pl-bdmg_maq-assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/293/pl-ldo-2026-assinada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/294/01-pl-alteralei1077-codema.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/296/01-pl-creditoespecial-cultura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/297/pl-alteralei875-2006-feriado-assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_23_2025_adesvab_subv_completo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_25_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_n_26_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/301/pl_lotesxhsmaquina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/302/pl_bdmg-ruagastronomica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/304/2025_pl_alteralei1209-203-pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_n_30_2025_per-muta_lotes_corrigido.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/309/2025_pl_revogalei1236-2024-mensagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/310/pl-loa-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/311/pl-ppa-2026_2029.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/312/pl-gratificacaodesempenhosaude.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/313/pl_permuta_de_lotes_-_sebastiao-revisado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/315/pl_refis_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lc_01_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lc_03_2025_devolvido.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lc_04_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/271/plc-alteralc073-acs-ace.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/276/pl-sim.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/277/pl-licenciamentoambiental.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/279/alteralc055-076-criaalteracargosestruturaadminsitrativa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/280/plc-desafetacaozilomar.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/285/01-plc-alteralc055-076-criaalteracargos-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/295/plc-isencaotaxas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/316/plc_criacargoeletricista_alteraatribuicoes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc-alteralc105_2023-enfermeiras.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/318/plc-taxamunicipalresiduosolidourbano.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/319/plc_criacargoenfermeirasoperadorresiduos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/306/05-_planilhapavimentacaoasfaltica_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/307/06-memorialdescritivopavimentacao_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/265/pl-m006-movfinanceirasicoob-assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/266/pl-m007-covalidacaolei-1135-assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/267/pl-m008-covalidacaolei-1206-assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/269/pl-m009-alteralei1077-codema-assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/270/pl-ameg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/272/pl-orcamentoremanejamento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/273/pl-contratacaotemporaria-emulti.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/274/pl-distribuicaohonorariosadvocaticios.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/275/pl-contribuicaosantacasa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/281/01-pl-arquivomunicipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/282/pl-subvencaoadesvab.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/283/pl-aberturacreditoadicionalsuplementar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/284/pl-aberturacreditoadicional2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/287/pl_nomecasacultura-assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/288/pl-bdmg_infra-assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/286/pl-bdmg_maq-assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/293/pl-ldo-2026-assinada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/294/01-pl-alteralei1077-codema.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/296/01-pl-creditoespecial-cultura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/297/pl-alteralei875-2006-feriado-assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_23_2025_adesvab_subv_completo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_25_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_n_26_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/301/pl_lotesxhsmaquina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/302/pl_bdmg-ruagastronomica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/304/2025_pl_alteralei1209-203-pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_n_30_2025_per-muta_lotes_corrigido.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/309/2025_pl_revogalei1236-2024-mensagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/310/pl-loa-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/311/pl-ppa-2026_2029.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/312/pl-gratificacaodesempenhosaude.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/313/pl_permuta_de_lotes_-_sebastiao-revisado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/315/pl_refis_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_lei_38__2025_subivenc_convenios.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_desligamento_ameg.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/326/pl_alteralei1266-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lc_01_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lc_03_2025_devolvido.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lc_04_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/271/plc-alteralc073-acs-ace.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/276/pl-sim.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/277/pl-licenciamentoambiental.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/279/alteralc055-076-criaalteracargosestruturaadminsitrativa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/280/plc-desafetacaozilomar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/285/01-plc-alteralc055-076-criaalteracargos-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/295/plc-isencaotaxas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/316/plc_criacargoeletricista_alteraatribuicoes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc-alteralc105_2023-enfermeiras.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/318/plc-taxamunicipalresiduosolidourbano.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/319/plc_criacargoenfermeirasoperadorresiduos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lc_16_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/323/plc_desafetacaoruagoias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/324/plc_desafetacaopocoartesiano.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/327/plcalteralc055-engenheiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_supr_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/329/emenda_supr_n_0_02_2025_ao_proj_33.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/306/05-_planilhapavimentacaoasfaltica_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/307/06-memorialdescritivopavimentacao_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H56"/>
+  <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2010,508 +2106,736 @@
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>157</v>
       </c>
       <c r="H38" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>159</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="D39" t="s">
-        <v>160</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>163</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>164</v>
       </c>
-      <c r="B40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>160</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>161</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H40" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>167</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>21</v>
+        <v>168</v>
       </c>
       <c r="D41" t="s">
-        <v>160</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>161</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H41" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E42" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="H42" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
+        <v>172</v>
+      </c>
+      <c r="E43" t="s">
         <v>173</v>
       </c>
-      <c r="B43" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="H43" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D44" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E44" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="H44" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D45" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E45" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="H45" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D46" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E46" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="H46" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D47" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E47" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="H47" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D48" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E48" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="H48" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D49" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E49" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="H49" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D50" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E50" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="H50" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>200</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>49</v>
+      </c>
+      <c r="D51" t="s">
+        <v>172</v>
+      </c>
+      <c r="E51" t="s">
+        <v>173</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H51" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="D52" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E52" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="H52" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="D53" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="E53" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="H53" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D54" t="s">
-        <v>205</v>
+        <v>172</v>
       </c>
       <c r="E54" t="s">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>106</v>
+        <v>209</v>
       </c>
       <c r="H54" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="D55" t="s">
-        <v>205</v>
+        <v>172</v>
       </c>
       <c r="E55" t="s">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="H55" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="D56" t="s">
-        <v>205</v>
+        <v>172</v>
       </c>
       <c r="E56" t="s">
-        <v>206</v>
+        <v>173</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="H56" t="s">
         <v>207</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>216</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>73</v>
+      </c>
+      <c r="D57" t="s">
+        <v>172</v>
+      </c>
+      <c r="E57" t="s">
+        <v>173</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H57" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>219</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>77</v>
+      </c>
+      <c r="D58" t="s">
+        <v>172</v>
+      </c>
+      <c r="E58" t="s">
+        <v>173</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H58" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>81</v>
+      </c>
+      <c r="D59" t="s">
+        <v>172</v>
+      </c>
+      <c r="E59" t="s">
+        <v>173</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H59" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>225</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>85</v>
+      </c>
+      <c r="D60" t="s">
+        <v>172</v>
+      </c>
+      <c r="E60" t="s">
+        <v>173</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H60" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>228</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
+        <v>229</v>
+      </c>
+      <c r="E61" t="s">
+        <v>230</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H61" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>233</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>17</v>
+      </c>
+      <c r="D62" t="s">
+        <v>229</v>
+      </c>
+      <c r="E62" t="s">
+        <v>230</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H62" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>236</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
+        <v>237</v>
+      </c>
+      <c r="E63" t="s">
+        <v>238</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H63" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>240</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" t="s">
+        <v>237</v>
+      </c>
+      <c r="E64" t="s">
+        <v>238</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H64" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>242</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>21</v>
+      </c>
+      <c r="D65" t="s">
+        <v>237</v>
+      </c>
+      <c r="E65" t="s">
+        <v>238</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H65" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2527,50 +2851,59 @@
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>