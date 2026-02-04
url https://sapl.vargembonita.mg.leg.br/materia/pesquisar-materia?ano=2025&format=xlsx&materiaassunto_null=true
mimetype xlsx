--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="550" uniqueCount="258">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -525,50 +525,74 @@
   <si>
     <t>325</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_desligamento_ameg.pdf</t>
   </si>
   <si>
     <t>Autoriza o desligamento do Município de Vargem Bonita/MG da Associação Pública dos Municípios da Microrregião do Médio Rio Grande – Consórcio AMEG e dá outras providências</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/326/pl_alteralei1266-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO II, DO ART. 1º DA LEI MUNICIPAL N° 1.266/2025 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/332/pl_aprovaloteamentovilaesperancacabrestos.pdf</t>
+  </si>
+  <si>
+    <t>APROVA O LOTEAMENTO “RESIDENCIAL VILA ESPERANÇA” NO DISTRITO DE SÃO SEBASTIÃO DOS CABRESTOS – MUNICIPIO DE VARGEM BONITA – MG</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/333/pl_aprovaloteamentonovotempovb.pdf</t>
+  </si>
+  <si>
+    <t>“APROVA O LOTEAMENTO “RESIDENCIAL NOVO TEMPO” NA SEDE DO MUNICIPIO DE VARGEM BONITA – MG”</t>
+  </si>
+  <si>
     <t>292</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lc_01_2025.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES DO MUNICÍPIO E CONSELHEIROS TUTELARES, CONFORME ART. 40DA LEI MUNICIPAL N° 1.200/2.023 E ADEQUAÇÃO DO PISO SALARIAL DOS PROFESSORES DO MAGISTÉRIO, CONFORME LEI FEDERAL N°11.738/2008 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lc_02_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DAS LEIS COMPLEMENTARES N°055/2014, N° 76/2017 E 029/2010.</t>
   </si>
   <si>
     <t>290</t>
@@ -694,50 +718,68 @@
     <t>323</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/323/plc_desafetacaoruagoias.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O EXECUTIVO MUNICIPAL A PROVIDENCIAR A DESAFETAÇÃO DO TRECHO DA RUA GOIÁS CON-FORME MAPA E MEMORIAL DESCRITIVO INTEGRANTE DESTA LEI E CONTÉM OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/324/plc_desafetacaopocoartesiano.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O EXECUTIVO MUNICIPAL A PROVIDENCIAR A DESAFETAÇÃO DO IMÓVEL INSCRITO NO PATRIMÔNIO SOB O Nº 005.062, MATRICULADO NO CRI SOB O Nº14.537 E CONTÉM OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/327/plcalteralc055-engenheiro.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ATRIBUIÇÕES DO CARGO DE PROVIMENTO EFETIVO DE ENGENHEIRO, CRIA VAGA E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/330/plc_alteraleicmtur.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O § 8º DO ART. 6º DA LEI COMPLEMENTAR Nº 077/2017 E CONTÉM OUTRAS PROVIDÊNCIA.</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/331/plc_alteractm-itbi.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 266 E SEUS PARÁGRAFOS, DO CÓDIGO TRIBUTÁRIO MUNICIPAL E CONTEM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_supr_n_01_2025.pdf</t>
   </si>
   <si>
     <t>Suprima-se o parágrafo 3º do Artigo 4º do Projeto de Lei nº 33/2025.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/329/emenda_supr_n_0_02_2025_ao_proj_33.pdf</t>
   </si>
   <si>
     <t>Suprima-se o parágrafo 6º do Artigo 4º do Projeto de Lei nº 33/2025.</t>
   </si>
@@ -1089,56 +1131,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/265/pl-m006-movfinanceirasicoob-assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/266/pl-m007-covalidacaolei-1135-assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/267/pl-m008-covalidacaolei-1206-assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/269/pl-m009-alteralei1077-codema-assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/270/pl-ameg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/272/pl-orcamentoremanejamento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/273/pl-contratacaotemporaria-emulti.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/274/pl-distribuicaohonorariosadvocaticios.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/275/pl-contribuicaosantacasa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/281/01-pl-arquivomunicipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/282/pl-subvencaoadesvab.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/283/pl-aberturacreditoadicionalsuplementar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/284/pl-aberturacreditoadicional2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/287/pl_nomecasacultura-assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/288/pl-bdmg_infra-assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/286/pl-bdmg_maq-assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/293/pl-ldo-2026-assinada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/294/01-pl-alteralei1077-codema.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/296/01-pl-creditoespecial-cultura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/297/pl-alteralei875-2006-feriado-assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_23_2025_adesvab_subv_completo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_25_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_n_26_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/301/pl_lotesxhsmaquina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/302/pl_bdmg-ruagastronomica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/304/2025_pl_alteralei1209-203-pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_n_30_2025_per-muta_lotes_corrigido.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/309/2025_pl_revogalei1236-2024-mensagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/310/pl-loa-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/311/pl-ppa-2026_2029.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/312/pl-gratificacaodesempenhosaude.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/313/pl_permuta_de_lotes_-_sebastiao-revisado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/315/pl_refis_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_lei_38__2025_subivenc_convenios.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_desligamento_ameg.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/326/pl_alteralei1266-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lc_01_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lc_03_2025_devolvido.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lc_04_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/271/plc-alteralc073-acs-ace.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/276/pl-sim.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/277/pl-licenciamentoambiental.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/279/alteralc055-076-criaalteracargosestruturaadminsitrativa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/280/plc-desafetacaozilomar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/285/01-plc-alteralc055-076-criaalteracargos-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/295/plc-isencaotaxas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/316/plc_criacargoeletricista_alteraatribuicoes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc-alteralc105_2023-enfermeiras.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/318/plc-taxamunicipalresiduosolidourbano.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/319/plc_criacargoenfermeirasoperadorresiduos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lc_16_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/323/plc_desafetacaoruagoias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/324/plc_desafetacaopocoartesiano.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/327/plcalteralc055-engenheiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_supr_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/329/emenda_supr_n_0_02_2025_ao_proj_33.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/306/05-_planilhapavimentacaoasfaltica_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/307/06-memorialdescritivopavimentacao_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/265/pl-m006-movfinanceirasicoob-assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/266/pl-m007-covalidacaolei-1135-assinado.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/267/pl-m008-covalidacaolei-1206-assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/269/pl-m009-alteralei1077-codema-assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/270/pl-ameg.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/272/pl-orcamentoremanejamento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/273/pl-contratacaotemporaria-emulti.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/274/pl-distribuicaohonorariosadvocaticios.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/275/pl-contribuicaosantacasa.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/281/01-pl-arquivomunicipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/282/pl-subvencaoadesvab.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/283/pl-aberturacreditoadicionalsuplementar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/284/pl-aberturacreditoadicional2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/287/pl_nomecasacultura-assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/288/pl-bdmg_infra-assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/286/pl-bdmg_maq-assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/293/pl-ldo-2026-assinada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/294/01-pl-alteralei1077-codema.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/296/01-pl-creditoespecial-cultura.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/297/pl-alteralei875-2006-feriado-assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_23_2025_adesvab_subv_completo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_25_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_n_26_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/301/pl_lotesxhsmaquina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/302/pl_bdmg-ruagastronomica.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/304/2025_pl_alteralei1209-203-pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_n_30_2025_per-muta_lotes_corrigido.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/309/2025_pl_revogalei1236-2024-mensagem.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/310/pl-loa-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/311/pl-ppa-2026_2029.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/312/pl-gratificacaodesempenhosaude.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/313/pl_permuta_de_lotes_-_sebastiao-revisado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/315/pl_refis_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto_lei_38__2025_subivenc_convenios.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/325/pl_desligamento_ameg.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/326/pl_alteralei1266-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/332/pl_aprovaloteamentovilaesperancacabrestos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/333/pl_aprovaloteamentonovotempovb.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lc_01_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lc_02_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lc_03_2025_devolvido.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lc_04_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/271/plc-alteralc073-acs-ace.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/276/pl-sim.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/277/pl-licenciamentoambiental.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/279/alteralc055-076-criaalteracargosestruturaadminsitrativa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/280/plc-desafetacaozilomar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/285/01-plc-alteralc055-076-criaalteracargos-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/295/plc-isencaotaxas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/316/plc_criacargoeletricista_alteraatribuicoes.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/317/plc-alteralc105_2023-enfermeiras.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/318/plc-taxamunicipalresiduosolidourbano.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/319/plc_criacargoenfermeirasoperadorresiduos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lc_16_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/323/plc_desafetacaoruagoias.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/324/plc_desafetacaopocoartesiano.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/327/plcalteralc055-engenheiro.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/330/plc_alteraleicmtur.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/331/plc_alteractm-itbi.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_supr_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/329/emenda_supr_n_0_02_2025_ao_proj_33.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/306/05-_planilhapavimentacaoasfaltica_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vargembonita.mg.leg.br/media/sapl/public/materialegislativa/2025/307/06-memorialdescritivopavimentacao_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H65"/>
+  <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2184,658 +2226,762 @@
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="H41" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>172</v>
       </c>
       <c r="D42" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>175</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>176</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>177</v>
       </c>
       <c r="H43" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E44" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="H44" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D45" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E45" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="H45" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D46" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E46" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H46" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D47" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E47" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="H47" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D48" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E48" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H48" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D49" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E49" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H49" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D50" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E50" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="H50" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D51" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E51" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H51" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D52" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E52" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="H52" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D53" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E53" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="H53" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D54" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E54" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H54" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="D55" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E55" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H55" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D56" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E56" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H56" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D57" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E57" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="H57" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D58" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E58" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H58" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D59" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E59" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H59" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="D60" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E60" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H60" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>81</v>
       </c>
       <c r="D61" t="s">
-        <v>229</v>
+        <v>180</v>
       </c>
       <c r="E61" t="s">
-        <v>230</v>
+        <v>181</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>231</v>
       </c>
       <c r="H61" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>233</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="D62" t="s">
-        <v>229</v>
+        <v>180</v>
       </c>
       <c r="E62" t="s">
-        <v>230</v>
+        <v>181</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>234</v>
       </c>
       <c r="H62" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>236</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="D63" t="s">
+        <v>180</v>
+      </c>
+      <c r="E63" t="s">
+        <v>181</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="E63" t="s">
+      <c r="H63" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>239</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>93</v>
+      </c>
+      <c r="D64" t="s">
+        <v>180</v>
+      </c>
+      <c r="E64" t="s">
+        <v>181</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B64" t="s">
-[...14 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>242</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
+        <v>10</v>
+      </c>
+      <c r="D65" t="s">
+        <v>243</v>
+      </c>
+      <c r="E65" t="s">
+        <v>244</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H65" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>247</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>17</v>
+      </c>
+      <c r="D66" t="s">
+        <v>243</v>
+      </c>
+      <c r="E66" t="s">
+        <v>244</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H66" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>250</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>251</v>
+      </c>
+      <c r="E67" t="s">
+        <v>252</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H67" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>254</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>251</v>
+      </c>
+      <c r="E68" t="s">
+        <v>252</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H68" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>256</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>21</v>
       </c>
-      <c r="D65" t="s">
-[...12 lines deleted...]
-        <v>239</v>
+      <c r="D69" t="s">
+        <v>251</v>
+      </c>
+      <c r="E69" t="s">
+        <v>252</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H69" t="s">
+        <v>253</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2860,50 +3006,54 @@
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>